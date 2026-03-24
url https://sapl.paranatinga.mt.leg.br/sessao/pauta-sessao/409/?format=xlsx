--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -72,51 +72,51 @@
   <si>
     <t>PROJETO DE LEI Nº 002/2026 - “DISPÕE SOBRE A FUNÇÃO GRATIFICADA “FGE“ NO ÂMBITO DAS SECRETARIAS MUNICIPAIS E ESTABELECE OS RESPECITVOS VALORES DE REMUNERAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2026 - AUTORIZA O PODER EXECUTIVO MUNICIPAL    INCLUI NOS ANEXOS DO PLANO PLURIANUAL – PPA 2026-2029, LEI Nº 3054/2025, O PROGRAMA QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS;Custeio dos Serviços de Média e Alta complexidade – Emenda Parlamentar Estadual nº 179/2025.R$ 2.500.000,00</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 4 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 004/2026 - INCLUI NA LEI Nº 2993/2025 E NOS SEUS RESPECTIVOS ANEXOS - LDO PARA 2025, O PROGRAMA QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS;Custeio dos Serviços de Média e Alta complexidade – Emenda Parlamentar Estadual nº 179/2025.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 5 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 005/2026 - AUTORIZA O PODER EXECUTIVO MUNICIPAL    ABRIR CRÉDITOS ADICIONAL   ESPECIAL           POR EXCESSO DE ARRECADAÇÃO E DÁ   OUTRAS PROVIDÊNCIAS.Custeio dos Serviços de Média e Alta complexidade – Emenda Parlamentar Estadual nº 179/2025.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 6 de 2026</t>
   </si>
   <si>
-    <t>PROJETO DE LEI Nº 006/2026 - AUTORIZA O PODER EXECUTIVO MUNICIPAL    INCLUI NOS ANEXOS DO PLANO PLURIANUAL – PPA 2026-2029, LEI Nº 3054/2025, O PROGRAMA QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS;Custeio dos Serviços de Média e Alta complexidade SUS/SMS.R$       1.500.000,00</t>
+    <t>PROJETO DE LEI N°006/2026 - AUTORIZA O PODER EXECUTIVO MUNICIPAL    INCLUI NOS ANEXOS DO PLANO PLURIANUAL – PPA 2026-2029, LEI Nº 3054/2025, O PROGRAMA QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS;Custeio dos Serviços de Média e Alta complexidade SUS/SMS.R$       1.500.000,00</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 7 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 007/2026 - INCLUI NA LEI Nº 2993/2025 E NOS SEUS RESPECTIVOS ANEXOS - LDO PARA 2025, O PROGRAMA QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS;Custeio dos Serviços de Média e Alta complexidade SUS/SMS.R$1.500.000,00</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 8 de 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 008/2026 - AUTORIZA O PODER EXECUTIVO MUNICIPAL    ABRIR    CRÉDITOS ADICIONAL   ESPECIAL           POR    EXCESSO DE ARRECADAÇÃO  E DÁ   OUTRAS PROVIDÊNCIAS.  Custeio dos Serviços de Média e Alta complexidade SUS/SMS.</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 1 de 2026</t>
   </si>
   <si>
     <t>EDSON AGRIPINO DA SILVA (Edson do Sindicato)</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO Nº 001/2026 - A SECRETARIA DE ADMINISTRAÇÃO, SECRETARIA DE TRIBUTOS E SERVIDORES.</t>
   </si>
 </sst>
 </file>
 