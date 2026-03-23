--- v0 (2025-12-06)
+++ v1 (2026-03-23)
@@ -48,114 +48,114 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2019/2060/lei_complementar_no_1739_2019_-_alteracao_codigo_tri_TZsJqGY.pdf</t>
+    <t>http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2019/2060/lei_complementar_no_1739_2019_-_alteracao_codigo_tri_TZsJqGY.pdf</t>
   </si>
   <si>
     <t>LEI Nº 1739/2019 - " ALTERA O CÓDIGO TRIBUTÁRIO MUNICIPAL, LEI COMPLEMENTAR N° 098/2004, DE 30 DEZEMBRO DE 2004, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2013/1326/lei-n-1065.pdf</t>
+    <t>http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2013/1326/lei-n-1065.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DOS ANEXOS - III, V, VII, X, XII - CÓDIGO TRIBUTÁRIO MUNICIPAL LEI 098-04</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/651/lei-341.pdf</t>
+    <t>http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/651/lei-341.pdf</t>
   </si>
   <si>
     <t>LEI COMPLEMENTAR ALTERA CÓDIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/563/lei-254.pdf</t>
+    <t>http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/563/lei-254.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 243, DA LEI 098-2004 - CÓDIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2004/407/lei-098.pdf</t>
+    <t>http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2004/407/lei-098.pdf</t>
   </si>
   <si>
     <t>CÓDIGO TRIBUTÁRIO MUNICIPAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -462,66 +462,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2019/2060/lei_complementar_no_1739_2019_-_alteracao_codigo_tri_TZsJqGY.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2013/1326/lei-n-1065.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/651/lei-341.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/563/lei-254.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2004/407/lei-098.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2019/2060/lei_complementar_no_1739_2019_-_alteracao_codigo_tri_TZsJqGY.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2013/1326/lei-n-1065.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/651/lei-341.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2007/563/lei-254.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paranatinga.mt.leg.br/media/sapl/public/normajuridica/2004/407/lei-098.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="133.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="133" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="136.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>